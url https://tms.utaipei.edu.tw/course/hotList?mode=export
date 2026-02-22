--- v0 (2026-01-06)
+++ v1 (2026-02-22)
@@ -11,2690 +11,2669 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2079" uniqueCount="880">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2051" uniqueCount="873">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Python 程式語言-AI人工智慧入門(1.Python 程式語言 I)</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>資訊能力</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>1485</t>
+    <t>1486</t>
   </si>
   <si>
     <t>2021-09-14</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>大學生投資第一課</t>
   </si>
   <si>
     <t>投資理財</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>626</t>
+  </si>
+  <si>
+    <t>2020-03-25</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>傻瓜理財法畢業存出一桶金</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>2020-03-04</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>多益聽讀金色證照衝刺班</t>
+  </si>
+  <si>
+    <t>英語</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>2022-04-21</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>手機攝影入門與實作</t>
+  </si>
+  <si>
+    <t>影像創作</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>2020-04-15</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>21世紀高效時間管理</t>
+  </si>
+  <si>
+    <t>自我成長</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>2019-12-18</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>夯炸LINE賴貼圖DIY</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>2019-12-19</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>吸睛又吸金的視覺化簡報</t>
+  </si>
+  <si>
+    <t>表達及溝通力</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>2020-02-19</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>高壓下保持優雅的情緒管理</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>2019-12-09</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>第一次自由行就上手</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>2020-03-09</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>遠離情緒勒索做個100分的情人</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>室內徒手健身</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>2020-03-23</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>英文寫作避雷指南:那我們常犯的寫作盲點</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>2021-08-04</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>多益介紹及解題技巧</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>2020-01-07</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>商務英文會議力(Biz Whiz Meeting)</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>2021-10-05</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>Python 程式語言-AI人工智慧入門(2.Python 程式語言 II)</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>2021-09-15</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>多益550聽力閱讀班</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>2022-08-05</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>從面試到簡報都適用的服儀穿搭</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>Excel 實務應用</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>2022-01-28</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>和家庭的傷說再見薩提爾的對話練習</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>2020-02-26</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>只要這四步，你也能寫出好文案</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>2020-02-27</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>斜槓青年真本事，成功的意願</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>哈佛大學課題，學校不會教的課</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>2019-12-23</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>瘋傳影片網路影片這樣拍</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>2020-03-07</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>史丹佛大學最受歡迎的設計思考課</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>職場必備溝通術</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>不再睡成一片的簡報表達技巧</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>2019-12-16</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>影片剪輯與特效實戰營-成為Youtuber不是夢</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>2020-11-11</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>職場必備文字溝通力</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>海賊王教會我的那些事</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>2019-12-13</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>優良寫作線上賞析講座(第三屆中英寫作線上練功房)</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>2021-06-09</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>英語初級詞彙2500能力養成</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>2022-08-29</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>全英文面試實戰技巧</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>職場必備承上啟下溝通技巧</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>寫作解析講座(第四屆中英寫作線上練功房)</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>Python 程式語言-AI人工智慧入門(3.Python 第三方模組)</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>2021-09-23</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>各大英檢考試介紹</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>知識管理</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>2020-03-16</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>寫作解析講座暨頒獎典禮(第五屆中英寫作線上練功房)</t>
+  </si>
+  <si>
+    <t>2022-05-26</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>德文入門課程</t>
+  </si>
+  <si>
+    <t>語言</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>A2初級文法</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>2022-03-03</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>隱形的天才，磨亮職涯競爭</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>Adobe Illustrator 教學</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>2021-06-17</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第一章</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>2022-09-13</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>我讀大學我創業</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>2020-03-30</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>服務的藝術：掌握向下的力量</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>2021-07-09</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>漢語拼音一點靈</t>
+  </si>
+  <si>
+    <t>Chinese Learning</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>2020-06-01</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>打造中英文特色履歷</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>一支手機你也能做網紅直播主</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>2020-02-22</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>出國留學考試介紹及申請學校注意事項</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>2020-01-03</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>人格心理學簡介</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>2022-10-18</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>人際關係教戰手冊</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>英語聽說讀寫大解析</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>2022-08-04</t>
+  </si>
+  <si>
+    <t>Python 程式語言-AI人工智慧入門(4.Python機器學習 I)</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>2021-09-30</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>如何以3C和APP讓教與學更加多元化</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第一章</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>2022-12-22</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>人生戲劇加，戲劇的應用</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>Python 程式語言-AI人工智慧入門(5.Python 機器學習 II)</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>漂漂老師玩設計</t>
+  </si>
+  <si>
+    <t>4.5</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>2021-07-15</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>英文履歷書寫及面試技巧</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>Python 程式語言-AI人工智慧入門(6.Python 深度學習)</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>2021-10-15</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>考前備戰：多益口說寫作備考</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>2022-03-14</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>新詩的趣味</t>
+  </si>
+  <si>
+    <t>0.5</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>關鍵對話掌握影響力</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>大數據時代的必備技能！AI人工智慧實戰班</t>
+  </si>
+  <si>
+    <t>2023-08-18</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>衝突管理：高難度溝通</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】通識教育中心_陶子珍老師_詩詞 節令 話元宵</t>
+  </si>
+  <si>
+    <t>UT Online</t>
+  </si>
+  <si>
+    <t>0.25</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>自由潛水–你該知道的事( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>tms+課程大募集(學生作品)</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>2021-06-02</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>運動後肌肉損傷課程( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>2021-06-01</t>
+  </si>
+  <si>
+    <t>團隊領導的五大突破：打造YES團隊</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>免費線上製圖工具Canva技巧分享( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>居家自煮防疫料理大作戰1( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>英語初級閱讀能力養成</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>2022-12-09</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>校園學生自我傷害三級預防工作-自殺與自傷之防治和因應策略</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>2022-11-10</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>生涯探索：做自己的發電廠01</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>說故事的成功學</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第二章</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>認識羽毛球( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>班級經營-班級寵物( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>我的性格，我決定</t>
+  </si>
+  <si>
+    <t>2021-11-08</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>考前備戰：全民英檢中高級複試口說寫作備考</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>工具說服：如何用簡報說服人？</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>生成式AI魔法工坊：掌握生成式AI的奇妙力量</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>2024-04-02</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>英文口說和演說技巧：如何獲得友誼並影響他人(CEFR B1-B2)</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>英語全方位能力培養</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>簡單又專業的簡報設計</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>2023-12-29</t>
+  </si>
+  <si>
+    <t>生涯探索：做自己的發電廠02</t>
+  </si>
+  <si>
+    <t>622</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】心理與諮商學系_李明晉老師_淺談正向教養</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>2023-05-12</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>碳從哪裡來，碳到哪裡去，你必須知道的概念！</t>
+  </si>
+  <si>
+    <t>SDG永續發展</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第三章</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>一個小時的力量</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>AI工作英語學習 ( CEFR A2-B1 )</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>SDGs的生活行動方案</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>寫作解析講座暨頒獎典禮(111-2中英寫作線上練功房)</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_余欣娟老師_女性文學談甚麼</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>永續發展之旅</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>不要再寫一份說不出口的履歷</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】英語教學系_陳宏淑老師_兒童繪本翻譯 (上)</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第二章</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_郭晉銓老師_如何欣賞書法 (上)</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>想做Podcast卻毫無頭緒 從0報你知</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>113學年度第1學期優良教學助理成果分享系列短講</t>
+  </si>
+  <si>
+    <t>學生自主學習短講</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>打造自已的小金庫 小資也可以財富自由</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>第 3 選擇</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>青年震盪-Z 世代的永續社會</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】通識教育中心_劉恩英老師_韓國語言與文化</t>
+  </si>
+  <si>
+    <t>2023-09-26</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>前瞻未來城市與趨勢</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>英語初級寫作能力養成</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>2022-11-03</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>未來學的永續想像、 策略與預測法</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>設計師常用的手機影片剪輯</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>設計師教你讀懂鏡頭的語言</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>運用思考技術打造卓越人生</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>五秒法則</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第四章</t>
+  </si>
+  <si>
+    <t>2.5</t>
+  </si>
+  <si>
+    <t>2022-10-14</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>運用心智圖規劃職涯地圖</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第三章</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>設計你的小習慣</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>掌握求職策略輕鬆挺過面試考驗</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>曼陀羅九宮格：8個目標讓你重啟人生</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】音樂學系_陳冠宇老師_聽古典音樂可以很 EASY (上)</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>接軌淨零減碳，搶佔綠領永續趨勢</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】視覺藝術學系_周政緯老師_樹林風景寫生 (上)</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>敏捷式專案管理</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>隱性優勢</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】運動健康科學系_賴長琦老師_運動員的心臟</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>計畫書撰寫 X 提升簡報力</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】休閒運動管理學系_李麗晶老師_安全暖身及正確緩和</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>店頭行銷-海報、名片設計，需要加入哪些社群元素？</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>刻意練習</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】英語教學系_陳宏淑老師_兒童繪本翻譯 (下)</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>112學年度第2學期優良教學助理成果分享系列短講</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_郭晉銓老師_如何欣賞書法 (下)</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】通識教育中心_李奇嶽老師_旅行突發狀況處理</t>
+  </si>
+  <si>
+    <t>2023-06-28</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>寫作解析講座暨頒獎典禮(第六屆中英寫作線上練功房)</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>運動員的量級快速增減法，秘辛大公開( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】音樂學系_陳冠宇老師_聽古典音樂可以很 EASY (下)</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>打造你的鋼鐵人生</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第五章</t>
+  </si>
+  <si>
+    <t>2022-09-19</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】數學系_蘇意雯老師_旅遊遇見數學</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>塔羅牌中的歷史、語言和藝術(Western History, Symbolism, and)</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】特殊教育學系_吳淑敏老師_雙重特殊需求學生的認識與輔導</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】舞蹈學系_王如萍老師_淺談舞蹈</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>112學年度第1學期優良教學助理成果分享系列短講</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】視覺藝術學系_周政緯老師_樹林風景寫生 (下)</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】城市發展學系_陳姿伶老師_全球氣候變遷衝擊</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_曾昱夫老師_語言學知識的應用</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>113學年度第2學期優良教學助理成果分享系列短講</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>桌遊與班級經營(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>基礎日語(五十音起)</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>品牌官網不求人！第一次「設計官網」就上手</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_蔡瑩瑩老師_帶你看上古神獸（上）</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
     <t>625</t>
   </si>
   <si>
-    <t>2020-03-25</t>
-[...104 lines deleted...]
-    <t>第一次自由行就上手</t>
+    <t>【UT online 線上講座】社會暨公共學系_李天申老師_淺談績效管理</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>好好拜託</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第四章</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】社會暨公共學系_李俊達老師_21世紀的政府治理</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>時間管理技巧</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>完美練習</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】心理與諮商學系_洪瑩慧老師_舞蹈動作治療</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第五章</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>Excel資料整理術&amp;amp;PowerBI資料視覺化</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】體育學系_楊宜蓁老師_你不可不知十個關於跆拳道的事情</t>
+  </si>
+  <si>
+    <t>2023-06-21</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第六章</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>2022-11-15</t>
+  </si>
+  <si>
+    <t>從素人到初階演員，我學習到的那些事( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】數學系_陳妙盈老師_資料視覺化—用圖表說好故事</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】衛生福利學系_袁子軒老師_淺談流行病學（上）</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>9小時帶你學習製作APP</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第七章</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】音樂學系_紀雅真老師_柯大宜音樂教學法</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>2024-04-03</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>世界級 UI 工具 Figma 入門課</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】地球環境暨生物資源學系_劉思岑老師_永續發展目標SDGs世界的未來 (上)</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第六章</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】衛生福利學系_江宛霖老師_預防慢性病從媽媽肚子裡開始</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第八章</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第七章</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>基礎前端網站設計實戰班 第九章</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>捱係客家人( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】體育學系_王宗騰老師_動出好能力（上）</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_蔡瑩瑩老師_帶你看上古神獸（下）</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】通識教育中心_劉育芸老師_人生，就是一場專案管理</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】地球環境暨生物資源學系_劉思岑老師_永續發展目標SDGs世界的未來 (下)</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】通識教育中心_張瓊玲老師_生命教育與人權關係（上）</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>2024-03-19</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第八章</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】行銷與管理學系_陳麗如老師_美麗與權力—女性企業經營領導（上）</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】衛生福利學系_袁子軒老師_淺談流行病學（下）</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】水上運動學系_魏振展老師_鐵人三項運動—如何成為一位鐵人</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第九章</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】通識教育中心_陳宜亨老師_彩虹到進步：共融的多元</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】體育學系_王宗騰老師_動出好能力（下）</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第十章</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>連結觀眾：互動式演講的魅力</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>資料分析的必經之路！ Tableau 的零基礎入門 第十一章</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>壓力的管理與調適</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】師資培育及職涯發展中心_劉秋玲老師_我與文化敏感度的距離</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】通識教育中心_張瓊玲老師_生命教育與人權關係（下）</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】休閒運動管理學系_賴政豪老師_航空票務小知識</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】澳洲永續環境設計研究室_李怡貞老師_一刻鐘孩童友善生態城市理論與實踐</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>2023-07-14</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】衛生福利學系_王實之老師_慈悲關懷社區</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>2023-09-16</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>運動行銷學簡介</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>Go Go Dutch ! 荷蘭留學經驗分享!</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>2023-12-19</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_楊文惠老師_一首簡單的難詩–李白《靜夜思》（上）</t>
+  </si>
+  <si>
+    <t>2024-10-09</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>英文學術寫作</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】行銷與管理學系_陳麗如老師_美麗與權力—女性企業經營領導（下）</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>運動行銷360(產學合作人才培育)</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】歷史與地理學系_徐榮崇老師_演化與認知—認知學習理論的運用</t>
+  </si>
+  <si>
+    <t>2023-11-27</t>
+  </si>
+  <si>
+    <t>大學至今的收穫( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>求職法律常識</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】音樂學系_何家欣老師_西洋音樂記譜法的發展</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】城市發展學系_陳暉淵老師_不在籍投票</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>2024-04-12</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>112學年度第2學期教學助理實務經驗分享系列短講</t>
+  </si>
+  <si>
+    <t>2024-04-10</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】應用物理暨化學系_李權倍老師_永續能源發展（上）</t>
+  </si>
+  <si>
+    <t>2024-09-03</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】中國語文學系_楊文惠老師_一首簡單的難詩–李白《靜夜思》（下）</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>如何讀懂一本書</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>971</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】應用物理暨化學系_李權倍老師_永續能源發展（下）</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>律師職場經驗談</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】衛生福利學系_陳珮青老師_健康保險給付範圍</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>Python基礎與網路爬蟲應用</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>Python基礎教學&amp;amp;AI輔助&amp;amp;ITS練習</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>簡報設計：視覺溝通的藝術</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>肢體說話術：表達力的第一步</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>淺談人資工作與職涯發展</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>AI世代的高效學習技術</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>iPasAI應用規畫師初級課程-iPasAI應用規畫師初級考試說明</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】衛生福利學系_簡毓寧老師_淺談數據分析</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】運動教育研究所_王文宜老師_增加學童運動及活動量策略（上）</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>2025-08-15</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>步步為營：掌握演講節奏的關鍵</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>iPasAI應用規畫師初級課程-初識AI</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】數學系_王美娟老師_面對資料大爆炸，你準備好了嗎</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>AI輔助教學實務：大學教學助理的工具箱（教學助理培訓講座）</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>iPasAI應用規畫師初級課程-AI模型與訓練</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>iPasAI應用規畫師初級課程-生成式AI</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>iPasAI應用規畫師初級課程-LowCode與NoCode</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>iPasAI應用規畫師初級課程-官方樣題解析_科目一</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>AI創意行銷與視覺設計</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>活用心智圖筆記</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】球類運動學系_謝麗娟老師_打網球想找球伴嗎？牆壁永遠等著你</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】城市發展學系_黃國慶老師_國土生態綠網、環境課題與土地政策之競合型態（上）</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】城市發展學系_黃國慶老師_國土生態綠網、環境課題與土地政策之競合型態（下）</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>iPasAI應用規畫師初級課程-模型訓練時的狀況與調整參數</t>
+  </si>
+  <si>
+    <t>968</t>
+  </si>
+  <si>
+    <t>R語言的概念與應用-基礎班</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>【UT online 線上講座】運動教育研究所_王文宜老師_增加學童運動及活動量策略（下）</t>
+  </si>
+  <si>
+    <t>996</t>
+  </si>
+  <si>
+    <t>tms+自主學習(可抵認通識微學分，自由搭配0.25-1小時之線上課程依課程列表為主)</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>有效溝通的藝術：從理解到表達（教學助理培訓講座）</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>【教學發展中心教學實踐研究計畫－第三場經驗分享會】教學和升等一起實踐的途徑</t>
+  </si>
+  <si>
+    <t>北市大講座</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>113學年度第2學期教學助理實務經驗分享系列短講</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>不敗的寫作公式：如何精進寫作架構和構思邏輯(中英文寫作講座)</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>當個line 創作者-⽤line 貼圖和主題賺零⽤錢(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>112學年度第1學期教學助理實務經驗分享系列短講</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>【112-1 北市大講座】蔡詩萍_透過寫作 領悟人生</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>善用文字力：給大學生的寫作建議(112-2中英寫作線上練功房頒獎典禮暨講座)</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>【111-2 北市大講座】李怡庭_現代央行的基礎—信任</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>【111-2 北市大講座】蕭新煌_臺灣新南向政策的理念、作為與成效</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>【111-2 北市大講座】李遠哲_在十字路口的人類社會</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>【112-1 北市大講座】陳連禎_小心黑天鵝—危機管理與案例啟示</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>【112-1 北市大講座】張容榕_亞洲香水品牌的崛起</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>【112-2 北市大講座】蘇玉龍_善盡大學社會責任—實踐永續發展目標</t>
+  </si>
+  <si>
+    <t>水肺潛水–你該知道的事( 防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>認識羽毛球2(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>【111-2 北市大講座】陳連禎_人生不後悔—《史記》與《孫子兵法》的人生智慧</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>【112-1 北市大講座】璩大成_自我領導與管理—研究、教學、服務</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>【112-2 北市大講座】林宜標_開展．藝術商業特展大解密—臺灣展演20年全紀錄</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>【112-2 北市大講座】吳再益_國家2050淨零挑戰—能源轉型之關鍵課題</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>讓你活出最佳公門人生--公門新鮮人成功3部曲（公共系講座）</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>在地人推薦的花蓮好去處(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>想接觸日文，怎麼讀得好？ 三要點告訴你！(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>【111-2 北市大講座】陳郁秀_品牌臺灣</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>【112-2 北市大講座】趙式隆_Serendipity &amp;amp; Two Cents—學思歷程分享</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>人際的應對進退-溝通背後的底層邏輯（教學助理培訓講座）</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>1372</t>
+  </si>
+  <si>
+    <t>《原聚・持續在線》 期初座談會</t>
+  </si>
+  <si>
+    <t>面授</t>
+  </si>
+  <si>
+    <t>原資中心-多元文化課程</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>繩乎其技(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>居家自煮防疫料理大作戰_第二部(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>113學年度第1學期教學助理實務經驗分享系列短講</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>快速分辨容易混淆的日文用法(n3~n2)(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>下午茶點心製作示範(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>超強大數位筆記Notion-幫你輕鬆完成課業管理(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>「網紅」與「KOL」的區別，簡單講解KOL生態及經營方式(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>我與我的功夫老爸(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>小螺絲大臺灣(防疫期間tms+線上課程大募集)</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>【112-1 北市大講座】賀陳弘_五國行囊吉光片羽</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>2020-03-09</t>
-[...2332 lines deleted...]
-  <si>
     <t>輕鬆學習越南語-越南語的字母(防疫期間tms+線上課程大募集)</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>462</t>
   </si>
   <si>
     <t>從零開始經營部落格有撇步(防疫期間tms+線上課程大募集)</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>潛水旅遊-你該知道的事(防疫期間tms+線上課程大募集)</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>基礎舉重(防疫期間tms+線上課程大募集)</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>想當私人教練嗎？換你來當！(防疫期間tms+線上課程大募集)</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>影音剪輯教學課程(防疫期間tms+線上課程大募集)</t>
   </si>
   <si>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>114學年度第2學期教學助理培訓暨進用操作說明會</t>
+  </si>
+  <si>
+    <t>活動及成果發表會</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
     <t>476</t>
   </si>
   <si>
     <t>捱係客家人II(防疫期間tms+線上課程大募集)</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>【111-2 北市大講座】邱坤良_場裡場外．上台下台—劇場從生活開始</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>【111-2 北市大講座】劉少雄_感觀詞學—一種文學詮釋方法的省思</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>【111-2 北市大講座】吳志揚_制度、態度、溫度—吳志揚的三度職棒管理學</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>【112-1 北市大講座】蕭宗煌_友善共融—後疫情/新故宮</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>【112-2 北市大講座】武東星_LED 開創的美麗人生</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>壓力管理與人際關係（教學助理培訓講座）</t>
-  </si>
-[...58 lines deleted...]
-    <t>【112-1 北市大講座】賀陳弘_五國行囊吉光片羽</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2717,51 +2696,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G297"/>
+  <dimension ref="A1:G293"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -3303,6308 +3282,6216 @@
       </c>
       <c r="F24" s="1" t="s">
         <v>105</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>141</v>
+        <v>64</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="s">
-        <v>83</v>
+        <v>146</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B38" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G38" s="1" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>26</v>
+        <v>164</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>166</v>
+        <v>26</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="s">
-        <v>214</v>
+        <v>113</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>43</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="s">
-        <v>112</v>
+        <v>220</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="s">
-        <v>172</v>
+        <v>230</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>228</v>
+        <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>11</v>
+        <v>236</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>176</v>
+        <v>123</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>186</v>
+        <v>260</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>118</v>
+        <v>179</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>258</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="s">
-        <v>273</v>
+        <v>151</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F72" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="s">
-        <v>155</v>
+        <v>293</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="s">
-        <v>308</v>
+        <v>90</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>150</v>
+        <v>321</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="s">
-        <v>318</v>
+        <v>33</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>176</v>
+        <v>27</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>320</v>
+        <v>155</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="s">
-        <v>33</v>
+        <v>325</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>164</v>
+        <v>327</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>129</v>
+        <v>332</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>331</v>
+        <v>20</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>247</v>
+        <v>66</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>304</v>
+        <v>181</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>118</v>
+        <v>252</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>336</v>
+        <v>96</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>336</v>
+        <v>92</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>178</v>
+        <v>322</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>330</v>
+        <v>266</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>261</v>
+        <v>336</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>44</v>
+        <v>355</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>223</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>327</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>359</v>
+        <v>44</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="s">
-        <v>369</v>
+        <v>87</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>378</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>330</v>
+        <v>26</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>375</v>
+        <v>389</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>26</v>
+        <v>336</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="s">
-        <v>401</v>
+        <v>42</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>17</v>
+        <v>405</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>321</v>
+        <v>406</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="s">
-        <v>42</v>
+        <v>407</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>404</v>
+        <v>17</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>405</v>
+        <v>202</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>406</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>247</v>
+        <v>411</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>103</v>
+        <v>412</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>304</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>411</v>
+        <v>252</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>223</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>40</v>
+        <v>220</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>37</v>
+        <v>266</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>264</v>
+        <v>421</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="s">
-        <v>87</v>
+        <v>426</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>167</v>
+        <v>35</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>304</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>327</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>418</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>261</v>
+        <v>369</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>364</v>
+        <v>266</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>445</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>113</v>
+        <v>143</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>327</v>
+        <v>451</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>66</v>
+        <v>267</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>457</v>
+        <v>421</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F139" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B139" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G139" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>418</v>
+        <v>469</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>261</v>
+        <v>26</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>468</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>118</v>
+        <v>267</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>364</v>
+        <v>266</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>476</v>
+        <v>421</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>261</v>
+        <v>369</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>418</v>
+        <v>483</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>364</v>
+        <v>266</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>247</v>
+        <v>267</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>37</v>
+        <v>266</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>488</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>267</v>
+        <v>369</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>488</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>269</v>
+        <v>494</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>493</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="s">
-        <v>18</v>
+        <v>498</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>261</v>
+        <v>164</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>327</v>
+        <v>500</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B151" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F151" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G151" s="1" t="s">
-        <v>498</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>327</v>
+        <v>506</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>504</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="s">
-        <v>511</v>
+        <v>18</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>37</v>
+        <v>266</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>247</v>
+        <v>179</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>304</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>327</v>
+        <v>309</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B159" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F159" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G159" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>525</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>529</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="B162" s="0" t="s">
+      <c r="C162" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>531</v>
-      </c>
-[...13 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>533</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>267</v>
+        <v>10</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>269</v>
+        <v>535</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F164" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B164" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G164" s="1" t="s">
-        <v>539</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="G165" s="1" t="s">
         <v>540</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B166" s="0" t="s">
         <v>542</v>
       </c>
-      <c r="B166" s="0" t="s">
+      <c r="C166" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F166" s="1" t="s">
         <v>543</v>
-      </c>
-[...10 lines deleted...]
-        <v>538</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>544</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="s">
         <v>545</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>546</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>547</v>
+        <v>10</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>549</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>537</v>
+        <v>10</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>552</v>
+        <v>66</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>553</v>
+        <v>535</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>547</v>
+        <v>266</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>118</v>
+        <v>267</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>556</v>
-      </c>
-[...16 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F171" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B171" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G171" s="1" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>547</v>
+        <v>10</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>549</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>564</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>569</v>
+        <v>535</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>529</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>262</v>
+        <v>66</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>575</v>
+        <v>535</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>578</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="s">
-        <v>141</v>
+        <v>578</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D179" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E179" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="E179" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F179" s="1" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>269</v>
+        <v>580</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>583</v>
-      </c>
-[...16 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>585</v>
       </c>
-      <c r="B181" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>587</v>
+        <v>576</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>569</v>
+        <v>556</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F182" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="B182" s="0" t="s">
+      <c r="G182" s="1" t="s">
         <v>589</v>
-      </c>
-[...13 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="s">
         <v>590</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>591</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>529</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="s">
         <v>592</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>593</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>223</v>
+        <v>595</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F185" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="B185" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G185" s="1" t="s">
-        <v>596</v>
+        <v>544</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>552</v>
+        <v>600</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F187" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="B187" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G187" s="1" t="s">
-        <v>561</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>66</v>
+        <v>267</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>223</v>
+        <v>564</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>607</v>
+        <v>577</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="s">
         <v>608</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>609</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>610</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B191" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="B191" s="0" t="s">
+      <c r="C191" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>612</v>
-      </c>
-[...13 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B192" s="0" t="s">
         <v>614</v>
       </c>
-      <c r="B192" s="0" t="s">
+      <c r="C192" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F192" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G192" s="1" t="s">
-        <v>575</v>
+        <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B193" s="0" t="s">
         <v>617</v>
       </c>
-      <c r="B193" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>620</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>223</v>
+        <v>589</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>626</v>
-      </c>
-[...16 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="G197" s="1" t="s">
         <v>630</v>
-      </c>
-[...16 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>632</v>
       </c>
-      <c r="B198" s="0" t="s">
+      <c r="C198" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F198" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G198" s="1" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F201" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="B201" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G201" s="1" t="s">
-        <v>264</v>
+        <v>643</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>261</v>
+        <v>26</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>644</v>
+        <v>472</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>11</v>
+        <v>267</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>223</v>
+        <v>595</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>247</v>
+        <v>650</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>206</v>
+        <v>652</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B205" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F205" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G205" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="s">
-        <v>653</v>
+        <v>145</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>613</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>658</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="s">
-        <v>144</v>
+        <v>659</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D208" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E208" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="E208" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F208" s="1" t="s">
-        <v>660</v>
+        <v>651</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>269</v>
+        <v>661</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>37</v>
+        <v>266</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>264</v>
+        <v>665</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B210" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="F210" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G210" s="1" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>37</v>
+        <v>266</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>668</v>
+        <v>267</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>672</v>
+        <v>643</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>660</v>
+        <v>676</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>675</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>682</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="s">
         <v>683</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>684</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>364</v>
+        <v>266</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>247</v>
+        <v>267</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>685</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="s">
         <v>686</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>687</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>472</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>675</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B220" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F220" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C220" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G220" s="1" t="s">
-        <v>696</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="s">
         <v>697</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>698</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>695</v>
+        <v>123</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="s">
         <v>699</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>700</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>695</v>
+        <v>123</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>701</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B223" s="0" t="s">
         <v>702</v>
       </c>
-      <c r="B223" s="0" t="s">
+      <c r="C223" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>703</v>
-      </c>
-[...13 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B224" s="0" t="s">
         <v>705</v>
       </c>
-      <c r="B224" s="0" t="s">
+      <c r="C224" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F224" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="C224" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G224" s="1" t="s">
-        <v>264</v>
+        <v>703</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B225" s="0" t="s">
         <v>708</v>
       </c>
-      <c r="B225" s="0" t="s">
+      <c r="C225" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F225" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="C225" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F225" s="1" t="s">
+      <c r="G225" s="1" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="s">
         <v>711</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>712</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>118</v>
+        <v>709</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="s">
         <v>713</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>714</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>37</v>
+        <v>266</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>118</v>
+        <v>709</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>264</v>
+        <v>703</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="s">
         <v>715</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>716</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>46</v>
+        <v>266</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>118</v>
+        <v>709</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>264</v>
+        <v>717</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>720</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="s">
         <v>721</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>722</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>723</v>
+        <v>709</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>720</v>
+        <v>703</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B231" s="0" t="s">
         <v>724</v>
       </c>
-      <c r="B231" s="0" t="s">
+      <c r="C231" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F231" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G231" s="1" t="s">
-        <v>720</v>
+        <v>703</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B232" s="0" t="s">
         <v>727</v>
       </c>
-      <c r="B232" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>729</v>
+        <v>703</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>720</v>
+        <v>703</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F234" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="B234" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G234" s="1" t="s">
-        <v>734</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>737</v>
+        <v>269</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>720</v>
+        <v>737</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>46</v>
+        <v>266</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="F237" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G237" s="1" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F238" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="B238" s="0" t="s">
+      <c r="G238" s="1" t="s">
         <v>744</v>
-      </c>
-[...13 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="s">
         <v>745</v>
       </c>
       <c r="B239" s="0" t="s">
         <v>746</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>720</v>
+        <v>703</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="s">
         <v>747</v>
       </c>
       <c r="B240" s="0" t="s">
         <v>748</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>262</v>
+        <v>749</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>753</v>
+        <v>710</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="s">
         <v>754</v>
       </c>
       <c r="B242" s="0" t="s">
         <v>755</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>264</v>
+        <v>757</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>749</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>264</v>
+        <v>720</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>261</v>
+        <v>762</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>262</v>
+        <v>66</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>261</v>
+        <v>369</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>720</v>
+        <v>766</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>261</v>
+        <v>26</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>262</v>
+        <v>66</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>737</v>
+        <v>769</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>10</v>
+        <v>272</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>769</v>
+        <v>17</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>766</v>
+        <v>411</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>770</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>37</v>
+        <v>369</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>773</v>
+        <v>411</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>774</v>
+        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B249" s="0" t="s">
         <v>775</v>
       </c>
-      <c r="B249" s="0" t="s">
+      <c r="C249" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>776</v>
-      </c>
-[...13 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B250" s="0" t="s">
         <v>778</v>
       </c>
-      <c r="B250" s="0" t="s">
+      <c r="C250" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>779</v>
-      </c>
-[...13 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="B251" s="0" t="s">
         <v>781</v>
       </c>
-      <c r="B251" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>783</v>
+        <v>762</v>
       </c>
       <c r="E251" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F251" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="F251" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G251" s="1" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>46</v>
+        <v>762</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>411</v>
+        <v>66</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>729</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>411</v>
+        <v>66</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>364</v>
+        <v>762</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>411</v>
+        <v>66</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>321</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>783</v>
+        <v>762</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>411</v>
+        <v>66</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>793</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>37</v>
+        <v>762</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>796</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="s">
-        <v>797</v>
+        <v>172</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>798</v>
+        <v>792</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>793</v>
+        <v>274</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="s">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>783</v>
+        <v>762</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>793</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="s">
-        <v>169</v>
+        <v>797</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>272</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>783</v>
+        <v>762</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>793</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>783</v>
+        <v>762</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>793</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>783</v>
+        <v>37</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>46</v>
+        <v>272</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>812</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>37</v>
+        <v>272</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>815</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>817</v>
+        <v>811</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>821</v>
+        <v>815</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>783</v>
+        <v>46</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="G269" s="1" t="s">
         <v>822</v>
-      </c>
-[...16 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="B270" s="0" t="s">
         <v>824</v>
       </c>
-      <c r="B270" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C270" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>17</v>
+        <v>821</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B271" s="0" t="s">
         <v>826</v>
       </c>
-      <c r="B271" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C271" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>17</v>
+        <v>821</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="B272" s="0" t="s">
         <v>828</v>
       </c>
-      <c r="B272" s="0" t="s">
+      <c r="C272" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="G272" s="1" t="s">
         <v>829</v>
-      </c>
-[...13 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="s">
         <v>830</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>831</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>17</v>
+        <v>821</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B274" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="B274" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C274" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>17</v>
+        <v>821</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="s">
-        <v>55</v>
+        <v>833</v>
       </c>
       <c r="B275" s="0" t="s">
         <v>834</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>176</v>
+        <v>17</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B276" s="0" t="s">
         <v>836</v>
       </c>
-      <c r="B276" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B277" s="0" t="s">
         <v>838</v>
       </c>
-      <c r="B277" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C277" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B278" s="0" t="s">
         <v>840</v>
       </c>
-      <c r="B278" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>17</v>
+        <v>179</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B279" s="0" t="s">
         <v>842</v>
       </c>
-      <c r="B279" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B280" s="0" t="s">
         <v>844</v>
       </c>
-      <c r="B280" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C280" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>247</v>
+        <v>179</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B281" s="0" t="s">
         <v>846</v>
       </c>
-      <c r="B281" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B282" s="0" t="s">
         <v>848</v>
       </c>
-      <c r="B282" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="B283" s="0" t="s">
         <v>850</v>
       </c>
-      <c r="B283" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C283" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B284" s="0" t="s">
         <v>852</v>
       </c>
-      <c r="B284" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C284" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B285" s="0" t="s">
         <v>854</v>
       </c>
-      <c r="B285" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>793</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B286" s="0" t="s">
         <v>856</v>
       </c>
-      <c r="B286" s="0" t="s">
+      <c r="C286" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D286" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="C286" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E286" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>793</v>
+        <v>858</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>37</v>
+        <v>272</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>860</v>
+        <v>277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="s">
         <v>861</v>
       </c>
       <c r="B288" s="0" t="s">
         <v>862</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="s">
         <v>863</v>
       </c>
       <c r="B289" s="0" t="s">
         <v>864</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="s">
         <v>865</v>
       </c>
       <c r="B290" s="0" t="s">
         <v>866</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>364</v>
+        <v>762</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>860</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="s">
         <v>867</v>
       </c>
       <c r="B291" s="0" t="s">
         <v>868</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="s">
-        <v>51</v>
+        <v>869</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>267</v>
+        <v>762</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>269</v>
+        <v>776</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>267</v>
+        <v>37</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>269</v>
-[...91 lines deleted...]
-        <v>793</v>
+        <v>829</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>